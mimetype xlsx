--- v0 (2026-01-10)
+++ v1 (2026-03-07)
@@ -15,76 +15,86 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="8235"/>
   </bookViews>
   <sheets>
     <sheet name="Ejecucion Presupuestaria Enero-" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ejecucion Presupuestaria Enero-'!$A$1:$F$439</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F846" i="1" l="1"/>
+  <c r="F820" i="1"/>
+  <c r="F810" i="1"/>
+  <c r="F805" i="1" s="1"/>
+  <c r="B846" i="1"/>
+  <c r="B830" i="1"/>
+  <c r="C820" i="1"/>
+  <c r="B820" i="1"/>
+  <c r="C810" i="1"/>
+  <c r="B810" i="1"/>
   <c r="F773" i="1" l="1"/>
   <c r="F747" i="1"/>
   <c r="F737" i="1"/>
   <c r="F732" i="1"/>
   <c r="C747" i="1"/>
   <c r="C737" i="1"/>
   <c r="B794" i="1"/>
   <c r="B757" i="1"/>
   <c r="B747" i="1"/>
   <c r="B737" i="1"/>
   <c r="B591" i="1"/>
   <c r="B586" i="1" s="1"/>
   <c r="B601" i="1"/>
   <c r="B611" i="1"/>
   <c r="B627" i="1"/>
   <c r="B648" i="1"/>
   <c r="F648" i="1" l="1"/>
   <c r="F627" i="1"/>
   <c r="F601" i="1"/>
   <c r="F591" i="1"/>
   <c r="F586" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1612" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1758" uniqueCount="91">
   <si>
     <t>Detalle</t>
   </si>
   <si>
     <t>Presupuesto Inicial</t>
   </si>
   <si>
     <t>Modificacion Presupuestaria</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Ejecucion</t>
   </si>
   <si>
     <t>2.1 - REMUNERACIONES Y CONTRIBUCIONES</t>
   </si>
   <si>
     <t>enero</t>
   </si>
   <si>
     <t>2.1.1 - REMUNERACIONES</t>
   </si>
   <si>
@@ -310,50 +320,53 @@
     <t>junio</t>
   </si>
   <si>
     <t>2.2.2 - PUBLICIDAD, IMPRESION Y ENCUADERNACION</t>
   </si>
   <si>
     <t>2.9.4 - COMISIONES Y OTROS GASTOS BANCARIOS DE LA DEUDA PUBLICA</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>julio</t>
   </si>
   <si>
     <t>agosto</t>
   </si>
   <si>
     <t>septiembre</t>
   </si>
   <si>
     <t>octubre</t>
   </si>
   <si>
     <t>noviembre</t>
+  </si>
+  <si>
+    <t>diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="20">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1205,69 +1218,69 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F804"/>
+  <dimension ref="A1:F877"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A745" workbookViewId="0">
-      <selection activeCell="B806" sqref="B806"/>
+    <sheetView tabSelected="1" topLeftCell="A748" workbookViewId="0">
+      <selection activeCell="G866" sqref="G866"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="77" customWidth="1"/>
     <col min="2" max="2" width="16.875" customWidth="1"/>
-    <col min="6" max="6" width="12.5" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>84</v>
       </c>
       <c r="E1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>
@@ -17108,51 +17121,51 @@
     <row r="793" spans="1:6">
       <c r="A793" s="18" t="s">
         <v>83</v>
       </c>
       <c r="B793" s="18">
         <v>0</v>
       </c>
       <c r="C793" s="18">
         <v>0</v>
       </c>
       <c r="D793" s="18">
         <v>2025</v>
       </c>
       <c r="E793" s="18" t="s">
         <v>89</v>
       </c>
       <c r="F793" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B794" s="18">
-        <f t="shared" ref="B793:B794" si="14">SUM(B727+B734+B745+B756+B764+B772+B782)</f>
+        <f t="shared" ref="B794" si="14">SUM(B727+B734+B745+B756+B764+B772+B782)</f>
         <v>175912372</v>
       </c>
       <c r="C794" s="18">
         <v>0</v>
       </c>
       <c r="D794" s="18">
         <v>2025</v>
       </c>
       <c r="E794" s="18" t="s">
         <v>89</v>
       </c>
       <c r="F794" s="1">
         <v>178727305.99000001</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B795" s="18">
         <v>0</v>
       </c>
       <c r="C795" s="18">
         <v>0</v>
       </c>
@@ -17322,50 +17335,1515 @@
       <c r="E803" s="18" t="s">
         <v>89</v>
       </c>
       <c r="F803" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="18" t="s">
         <v>76</v>
       </c>
       <c r="B804">
         <v>5423706496</v>
       </c>
       <c r="C804" s="18">
         <v>0</v>
       </c>
       <c r="D804" s="18">
         <v>2025</v>
       </c>
       <c r="E804" s="18" t="s">
         <v>89</v>
       </c>
       <c r="F804" s="18">
         <v>178727305.99000001</v>
+      </c>
+    </row>
+    <row r="805" spans="1:6">
+      <c r="A805" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="B805">
+        <v>445343687</v>
+      </c>
+      <c r="C805">
+        <v>0</v>
+      </c>
+      <c r="D805">
+        <v>2025</v>
+      </c>
+      <c r="E805" t="s">
+        <v>90</v>
+      </c>
+      <c r="F805" s="18">
+        <f>SUM(F806:F810)</f>
+        <v>76530155.950000003</v>
+      </c>
+    </row>
+    <row r="806" spans="1:6">
+      <c r="A806" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B806" s="18">
+        <v>321153667</v>
+      </c>
+      <c r="C806" s="18">
+        <v>1598818</v>
+      </c>
+      <c r="D806" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E806" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F806" s="18">
+        <v>29213250.670000002</v>
+      </c>
+    </row>
+    <row r="807" spans="1:6">
+      <c r="A807" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B807" s="18">
+        <v>60223366</v>
+      </c>
+      <c r="C807" s="18">
+        <v>2064357</v>
+      </c>
+      <c r="D807" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E807" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F807" s="18">
+        <v>21111278.41</v>
+      </c>
+    </row>
+    <row r="808" spans="1:6">
+      <c r="A808" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="B808" s="18">
+        <v>25494000</v>
+      </c>
+      <c r="C808" s="18"/>
+      <c r="D808" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E808" s="18" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="809" spans="1:6">
+      <c r="A809" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B809" s="18">
+        <v>38472654</v>
+      </c>
+      <c r="C809" s="18">
+        <v>465539</v>
+      </c>
+      <c r="D809" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E809" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F809" s="18">
+        <v>2932325.06</v>
+      </c>
+    </row>
+    <row r="810" spans="1:6">
+      <c r="A810" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B810" s="18">
+        <f>SUM(B811:B819)</f>
+        <v>250669000</v>
+      </c>
+      <c r="C810" s="18">
+        <f>SUM(C811:C819)</f>
+        <v>2900000</v>
+      </c>
+      <c r="D810" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E810" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F810" s="18">
+        <f>SUM(F811:F819)</f>
+        <v>23273301.809999999</v>
+      </c>
+    </row>
+    <row r="811" spans="1:6">
+      <c r="A811" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="B811" s="18">
+        <v>26560000</v>
+      </c>
+      <c r="C811" s="18">
+        <v>0</v>
+      </c>
+      <c r="D811" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E811" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F811" s="18">
+        <v>1731878.37</v>
+      </c>
+    </row>
+    <row r="812" spans="1:6">
+      <c r="A812" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B812" s="18">
+        <v>8350000</v>
+      </c>
+      <c r="C812" s="18">
+        <v>0</v>
+      </c>
+      <c r="D812" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E812" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F812" s="18">
+        <v>31860</v>
+      </c>
+    </row>
+    <row r="813" spans="1:6">
+      <c r="A813" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="B813" s="18">
+        <v>20000000</v>
+      </c>
+      <c r="C813" s="18">
+        <v>0</v>
+      </c>
+      <c r="D813" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E813" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F813" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="814" spans="1:6">
+      <c r="A814" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="B814" s="18">
+        <v>7420000</v>
+      </c>
+      <c r="C814" s="18">
+        <v>0</v>
+      </c>
+      <c r="D814" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E814" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F814" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="815" spans="1:6">
+      <c r="A815" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B815" s="18">
+        <v>105309000</v>
+      </c>
+      <c r="C815" s="18">
+        <v>0</v>
+      </c>
+      <c r="D815" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E815" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F815" s="18">
+        <v>19628510.57</v>
+      </c>
+    </row>
+    <row r="816" spans="1:6">
+      <c r="A816" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B816" s="18">
+        <v>16800000</v>
+      </c>
+      <c r="C816" s="18">
+        <v>0</v>
+      </c>
+      <c r="D816" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E816" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F816" s="18">
+        <v>272977.71999999997</v>
+      </c>
+    </row>
+    <row r="817" spans="1:6">
+      <c r="A817" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B817" s="18">
+        <v>24170000</v>
+      </c>
+      <c r="C817" s="18">
+        <v>1900000</v>
+      </c>
+      <c r="D817" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E817" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F817" s="18">
+        <v>840483.15</v>
+      </c>
+    </row>
+    <row r="818" spans="1:6">
+      <c r="A818" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B818" s="18">
+        <v>34100000</v>
+      </c>
+      <c r="C818" s="18">
+        <v>0</v>
+      </c>
+      <c r="D818" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E818" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F818" s="18">
+        <v>483800</v>
+      </c>
+    </row>
+    <row r="819" spans="1:6">
+      <c r="A819" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B819" s="18">
+        <v>7960000</v>
+      </c>
+      <c r="C819" s="18">
+        <v>1000000</v>
+      </c>
+      <c r="D819" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E819" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F819" s="18">
+        <v>283792</v>
+      </c>
+    </row>
+    <row r="820" spans="1:6">
+      <c r="A820" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B820" s="18">
+        <f t="shared" ref="B820:C820" si="15">SUM(B821:B829)</f>
+        <v>3827893504</v>
+      </c>
+      <c r="C820" s="18">
+        <f>SUM(C821:C829)</f>
+        <v>14800000</v>
+      </c>
+      <c r="D820" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E820" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F820" s="18">
+        <f t="shared" ref="F820" si="16">SUM(F821:F829)</f>
+        <v>1117654812.7100003</v>
+      </c>
+    </row>
+    <row r="821" spans="1:6">
+      <c r="A821" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="B821" s="18">
+        <v>3652712135</v>
+      </c>
+      <c r="C821" s="18">
+        <v>1438000</v>
+      </c>
+      <c r="D821" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E821" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F821" s="18">
+        <v>1099349719.1500001</v>
+      </c>
+    </row>
+    <row r="822" spans="1:6">
+      <c r="A822" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B822" s="18">
+        <v>7200000</v>
+      </c>
+      <c r="C822" s="18">
+        <v>1300000</v>
+      </c>
+      <c r="D822" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E822" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F822" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="823" spans="1:6">
+      <c r="A823" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B823" s="18">
+        <v>3200000</v>
+      </c>
+      <c r="C823" s="18">
+        <v>1000000</v>
+      </c>
+      <c r="D823" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E823" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F823" s="18">
+        <v>615004.19999999995</v>
+      </c>
+    </row>
+    <row r="824" spans="1:6">
+      <c r="A824" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B824" s="18">
+        <v>10000000</v>
+      </c>
+      <c r="C824" s="18">
+        <v>0</v>
+      </c>
+      <c r="D824" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E824" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F824" s="18">
+        <v>26975</v>
+      </c>
+    </row>
+    <row r="825" spans="1:6">
+      <c r="A825" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B825" s="18">
+        <v>9010000</v>
+      </c>
+      <c r="C825" s="18">
+        <v>100000</v>
+      </c>
+      <c r="D825" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E825" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F825" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826" spans="1:6">
+      <c r="A826" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B826" s="18">
+        <v>32482363</v>
+      </c>
+      <c r="C826" s="18">
+        <v>7412000</v>
+      </c>
+      <c r="D826" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E826" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F826" s="18">
+        <v>10007871.630000001</v>
+      </c>
+    </row>
+    <row r="827" spans="1:6">
+      <c r="A827" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B827" s="18">
+        <v>31700000</v>
+      </c>
+      <c r="C827" s="18">
+        <v>900000</v>
+      </c>
+      <c r="D827" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E827" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F827" s="18">
+        <v>4417200</v>
+      </c>
+    </row>
+    <row r="828" spans="1:6">
+      <c r="A828" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B828" s="18">
+        <v>0</v>
+      </c>
+      <c r="C828" s="18">
+        <v>0</v>
+      </c>
+      <c r="D828" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E828" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F828" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="829" spans="1:6">
+      <c r="A829" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B829" s="18">
+        <v>81589006</v>
+      </c>
+      <c r="C829" s="18">
+        <v>2650000</v>
+      </c>
+      <c r="D829" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E829" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F829" s="18">
+        <v>3238042.73</v>
+      </c>
+    </row>
+    <row r="830" spans="1:6">
+      <c r="A830" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B830" s="18">
+        <f t="shared" ref="B830" si="17">SUM(B831:B837)</f>
+        <v>12000000</v>
+      </c>
+      <c r="C830">
+        <v>0</v>
+      </c>
+      <c r="D830" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E830" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F830" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="831" spans="1:6">
+      <c r="A831" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="B831" s="18">
+        <v>12000000</v>
+      </c>
+      <c r="C831" s="18">
+        <v>0</v>
+      </c>
+      <c r="D831" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E831" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F831" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="832" spans="1:6">
+      <c r="A832" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B832" s="18">
+        <v>0</v>
+      </c>
+      <c r="C832" s="18">
+        <v>0</v>
+      </c>
+      <c r="D832" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E832" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F832" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="833" spans="1:6">
+      <c r="A833" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B833" s="18">
+        <v>0</v>
+      </c>
+      <c r="C833" s="18">
+        <v>0</v>
+      </c>
+      <c r="D833" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E833" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F833" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="834" spans="1:6">
+      <c r="A834" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B834" s="18">
+        <v>0</v>
+      </c>
+      <c r="C834" s="18">
+        <v>0</v>
+      </c>
+      <c r="D834" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E834" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F834" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="835" spans="1:6">
+      <c r="A835" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B835" s="18">
+        <v>0</v>
+      </c>
+      <c r="C835" s="18">
+        <v>0</v>
+      </c>
+      <c r="D835" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E835" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F835" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="836" spans="1:6">
+      <c r="A836" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B836" s="18">
+        <v>0</v>
+      </c>
+      <c r="C836" s="18">
+        <v>0</v>
+      </c>
+      <c r="D836" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E836" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F836" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="837" spans="1:6">
+      <c r="A837" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B837" s="18">
+        <v>0</v>
+      </c>
+      <c r="C837" s="18">
+        <v>0</v>
+      </c>
+      <c r="D837" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E837" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F837" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="838" spans="1:6">
+      <c r="A838" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B838" s="18">
+        <v>0</v>
+      </c>
+      <c r="C838" s="18">
+        <v>0</v>
+      </c>
+      <c r="D838" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E838" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F838" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="839" spans="1:6">
+      <c r="A839" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B839" s="18">
+        <v>0</v>
+      </c>
+      <c r="C839" s="18">
+        <v>0</v>
+      </c>
+      <c r="D839" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E839" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F839" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="840" spans="1:6">
+      <c r="A840" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B840" s="18">
+        <v>0</v>
+      </c>
+      <c r="C840" s="18">
+        <v>0</v>
+      </c>
+      <c r="D840" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E840" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F840" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="841" spans="1:6">
+      <c r="A841" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="B841" s="18">
+        <v>0</v>
+      </c>
+      <c r="C841" s="18">
+        <v>0</v>
+      </c>
+      <c r="D841" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E841" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F841" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="842" spans="1:6">
+      <c r="A842" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B842" s="18">
+        <v>0</v>
+      </c>
+      <c r="C842" s="18">
+        <v>0</v>
+      </c>
+      <c r="D842" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E842" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F842" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="843" spans="1:6">
+      <c r="A843" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B843" s="18">
+        <v>0</v>
+      </c>
+      <c r="C843" s="18">
+        <v>0</v>
+      </c>
+      <c r="D843" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E843" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F843" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="844" spans="1:6">
+      <c r="A844" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B844" s="18">
+        <v>0</v>
+      </c>
+      <c r="C844" s="18">
+        <v>0</v>
+      </c>
+      <c r="D844" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E844" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F844" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="845" spans="1:6">
+      <c r="A845" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B845" s="18">
+        <v>0</v>
+      </c>
+      <c r="C845" s="18">
+        <v>0</v>
+      </c>
+      <c r="D845" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E845" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F845" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="846" spans="1:6">
+      <c r="A846" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B846" s="18">
+        <f t="shared" ref="B846" si="18">SUM(B847:B855)</f>
+        <v>887800305</v>
+      </c>
+      <c r="C846" s="18">
+        <v>0</v>
+      </c>
+      <c r="D846" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E846" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F846" s="18">
+        <f t="shared" ref="F846" si="19">SUM(F847:F855)</f>
+        <v>1231918.3900000001</v>
+      </c>
+    </row>
+    <row r="847" spans="1:6">
+      <c r="A847" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B847" s="18">
+        <v>850000000</v>
+      </c>
+      <c r="C847" s="18">
+        <v>104260000</v>
+      </c>
+      <c r="D847" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E847" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F847" s="18">
+        <v>1179809.5900000001</v>
+      </c>
+    </row>
+    <row r="848" spans="1:6">
+      <c r="A848" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B848" s="18">
+        <v>1500000</v>
+      </c>
+      <c r="C848" s="18">
+        <v>79000000</v>
+      </c>
+      <c r="D848" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E848" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F848" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="849" spans="1:6">
+      <c r="A849" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B849" s="18">
+        <v>5000000</v>
+      </c>
+      <c r="C849" s="18">
+        <v>3000000</v>
+      </c>
+      <c r="D849" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E849" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F849" s="18">
+        <v>52108.800000000003</v>
+      </c>
+    </row>
+    <row r="850" spans="1:6">
+      <c r="A850" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B850" s="18">
+        <v>16000000</v>
+      </c>
+      <c r="C850" s="18">
+        <v>260000</v>
+      </c>
+      <c r="D850" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E850" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F850" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="851" spans="1:6">
+      <c r="A851" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B851" s="18">
+        <v>15300305</v>
+      </c>
+      <c r="C851" s="18">
+        <v>20000000</v>
+      </c>
+      <c r="D851" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E851" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F851" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="852" spans="1:6">
+      <c r="A852" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B852" s="18">
+        <v>0</v>
+      </c>
+      <c r="C852" s="18">
+        <v>2000000</v>
+      </c>
+      <c r="D852" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E852" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F852" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:6">
+      <c r="A853" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B853" s="18">
+        <v>0</v>
+      </c>
+      <c r="C853" s="18">
+        <v>0</v>
+      </c>
+      <c r="D853" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E853" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F853" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="854" spans="1:6">
+      <c r="A854" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B854" s="18">
+        <v>0</v>
+      </c>
+      <c r="C854" s="18">
+        <v>0</v>
+      </c>
+      <c r="D854" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E854" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F854" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="855" spans="1:6">
+      <c r="A855" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B855" s="18">
+        <v>0</v>
+      </c>
+      <c r="C855" s="18">
+        <v>0</v>
+      </c>
+      <c r="D855" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E855" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F855" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="856" spans="1:6">
+      <c r="A856" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B856" s="18">
+        <v>0</v>
+      </c>
+      <c r="C856" s="18">
+        <v>0</v>
+      </c>
+      <c r="D856" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E856" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F856" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:6">
+      <c r="A857" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B857" s="18">
+        <v>0</v>
+      </c>
+      <c r="C857" s="18">
+        <v>0</v>
+      </c>
+      <c r="D857" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E857" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F857" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="858" spans="1:6">
+      <c r="A858" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B858" s="18">
+        <v>0</v>
+      </c>
+      <c r="C858" s="18">
+        <v>0</v>
+      </c>
+      <c r="D858" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E858" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F858" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="859" spans="1:6">
+      <c r="A859" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="B859" s="18">
+        <v>0</v>
+      </c>
+      <c r="C859" s="18">
+        <v>0</v>
+      </c>
+      <c r="D859" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E859" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F859" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="860" spans="1:6">
+      <c r="A860" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="B860" s="18">
+        <v>0</v>
+      </c>
+      <c r="C860" s="18">
+        <v>0</v>
+      </c>
+      <c r="D860" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E860" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F860" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:6">
+      <c r="A861" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B861" s="18">
+        <v>0</v>
+      </c>
+      <c r="C861" s="18">
+        <v>0</v>
+      </c>
+      <c r="D861" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E861" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F861" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="862" spans="1:6">
+      <c r="A862" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B862" s="18">
+        <v>0</v>
+      </c>
+      <c r="C862" s="18">
+        <v>0</v>
+      </c>
+      <c r="D862" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E862" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F862" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="863" spans="1:6">
+      <c r="A863" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="B863" s="18">
+        <v>0</v>
+      </c>
+      <c r="C863" s="18">
+        <v>0</v>
+      </c>
+      <c r="D863" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E863" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F863" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:6">
+      <c r="A864" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B864" s="18">
+        <v>0</v>
+      </c>
+      <c r="C864" s="18">
+        <v>0</v>
+      </c>
+      <c r="D864" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E864" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F864" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:6">
+      <c r="A865" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B865" s="18">
+        <v>0</v>
+      </c>
+      <c r="C865" s="18">
+        <v>0</v>
+      </c>
+      <c r="D865" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E865" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F865" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="866" spans="1:6">
+      <c r="A866" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B866" s="18">
+        <v>0</v>
+      </c>
+      <c r="C866" s="18">
+        <v>0</v>
+      </c>
+      <c r="D866" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E866" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F866" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="867" spans="1:6">
+      <c r="A867" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B867">
+        <v>5423706496</v>
+      </c>
+      <c r="C867">
+        <v>0</v>
+      </c>
+      <c r="D867" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E867" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F867" s="18">
+        <v>1195416887.05</v>
+      </c>
+    </row>
+    <row r="868" spans="1:6">
+      <c r="A868" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B868" s="18">
+        <v>0</v>
+      </c>
+      <c r="C868" s="18">
+        <v>0</v>
+      </c>
+      <c r="D868" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E868" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F868" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:6">
+      <c r="A869" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B869" s="18">
+        <v>0</v>
+      </c>
+      <c r="C869" s="18">
+        <v>0</v>
+      </c>
+      <c r="D869" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E869" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F869" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="870" spans="1:6">
+      <c r="A870" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="B870" s="18">
+        <v>0</v>
+      </c>
+      <c r="C870" s="18">
+        <v>0</v>
+      </c>
+      <c r="D870" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E870" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F870" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="871" spans="1:6">
+      <c r="A871" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="B871" s="18">
+        <v>0</v>
+      </c>
+      <c r="C871" s="18">
+        <v>0</v>
+      </c>
+      <c r="D871" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E871" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F871" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="872" spans="1:6">
+      <c r="A872" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B872" s="18">
+        <v>0</v>
+      </c>
+      <c r="C872" s="18">
+        <v>0</v>
+      </c>
+      <c r="D872" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E872" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F872" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:6">
+      <c r="A873" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B873" s="18">
+        <v>0</v>
+      </c>
+      <c r="C873" s="18">
+        <v>0</v>
+      </c>
+      <c r="D873" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E873" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F873" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="874" spans="1:6">
+      <c r="A874" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B874" s="18">
+        <v>0</v>
+      </c>
+      <c r="C874" s="18">
+        <v>0</v>
+      </c>
+      <c r="D874" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E874" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F874" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="875" spans="1:6">
+      <c r="A875" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B875" s="18">
+        <v>0</v>
+      </c>
+      <c r="C875" s="18">
+        <v>0</v>
+      </c>
+      <c r="D875" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E875" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F875" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="876" spans="1:6">
+      <c r="A876" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B876" s="18">
+        <v>0</v>
+      </c>
+      <c r="C876" s="18">
+        <v>0</v>
+      </c>
+      <c r="D876" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E876" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F876" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="877" spans="1:6">
+      <c r="A877" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B877" s="18">
+        <v>5423706496</v>
+      </c>
+      <c r="C877">
+        <v>0</v>
+      </c>
+      <c r="D877" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E877" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F877" s="18">
+        <v>1195416887.05</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">