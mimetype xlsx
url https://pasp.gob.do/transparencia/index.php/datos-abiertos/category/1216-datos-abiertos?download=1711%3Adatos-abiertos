--- v0 (2025-10-25)
+++ v1 (2026-02-07)
@@ -27,51 +27,51 @@
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$A$1:$E$964</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2080" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2170" uniqueCount="37">
   <si>
     <t>DESCRIPCION</t>
   </si>
   <si>
     <t>Emergencia</t>
   </si>
   <si>
     <t>Medicina General</t>
   </si>
   <si>
     <t>enero</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>mes</t>
   </si>
   <si>
     <t>febrero</t>
   </si>
   <si>
     <t>marzo</t>
   </si>
   <si>
@@ -520,59 +520,59 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E1039"/>
+  <dimension ref="A1:E1084"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A996" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A999" sqref="A999"/>
+    <sheetView tabSelected="1" topLeftCell="A909" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D1086" sqref="D1086"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="35.42578125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="40.85546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" style="4" customWidth="1"/>
     <col min="3" max="3" width="11.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="11.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" customWidth="1"/>
     <col min="8" max="8" width="7" customWidth="1"/>
     <col min="9" max="9" width="7.5703125" customWidth="1"/>
     <col min="10" max="10" width="8.42578125" customWidth="1"/>
     <col min="11" max="11" width="7.140625" customWidth="1"/>
     <col min="12" max="12" width="6.85546875" customWidth="1"/>
     <col min="13" max="13" width="7.140625" customWidth="1"/>
     <col min="14" max="14" width="6.7109375" customWidth="1"/>
     <col min="15" max="15" width="7.7109375" customWidth="1"/>
     <col min="19" max="19" width="21.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>5</v>
@@ -15187,50 +15187,680 @@
       <c r="A1038" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B1038" s="6">
         <v>2025</v>
       </c>
       <c r="C1038" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D1038" s="8">
         <v>483</v>
       </c>
     </row>
     <row r="1039" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1039" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B1039" s="6">
         <v>2025</v>
       </c>
       <c r="C1039" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D1039" s="8">
         <v>560</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1040" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1040" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1040" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1040" s="8">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1041" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1041" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1041" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1041" s="8">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1042" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1042" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1042" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1042" s="8">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1043" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1043" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1043" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1043" s="8">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1044" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1044" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1044" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1044" s="8">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1045" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1045" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1045" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1045" s="8">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1046" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1046" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1046" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1046" s="8">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1047" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1047" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1047" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1047" s="8">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1048" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1048" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1048" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1048" s="8">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1049" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B1049" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1049" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1049" s="8">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1050" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1050" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1050" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1050" s="8">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1051" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1051" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1051" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1051" s="8">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1052" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1052" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1052" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1052" s="8">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1053" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B1053" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1053" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1053" s="8">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1054" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1054" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1054" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D1054" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1055" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1055" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1055" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1055" s="8">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1056" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1056" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1056" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1056" s="8">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1057" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1057" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1057" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1057" s="8">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1058" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1058" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1058" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1058" s="8">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1059" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1059" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1059" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1059" s="8">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1060" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1060" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1060" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1060" s="8">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1061" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1061" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1061" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1061" s="8">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1062" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1062" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1062" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1062" s="8">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1063" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1063" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1063" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1063" s="8">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1064" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B1064" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1064" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1064" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1065" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1065" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1065" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1065" s="8">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1066" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1066" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1066" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1066" s="8">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1067" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1067" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1067" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1067" s="8">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1068" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B1068" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1068" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1068" s="8">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1069" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1069" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1069" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1069" s="8">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1070" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1070" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1070" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1070" s="8">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1071" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1071" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1071" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1071" s="8">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1072" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1072" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1072" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1072" s="8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1073" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1073" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1073" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1073" s="8">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1074" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1074" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1074" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1074" s="8">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1075" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1075" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1075" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1075" s="8">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1076" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1076" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1076" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1076" s="8">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1077" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1077" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1077" s="8">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1078" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1078" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1078" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1078" s="8">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1079" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B1079" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1079" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1079" s="8">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1080" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1080" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1080" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1080" s="8">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1081" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1081" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1081" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1081" s="8">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1082" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1082" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1082" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1082" s="8">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1083" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B1083" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1083" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1083" s="8">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1084" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1084" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C1084" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1084" s="8">
+        <v>773</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>